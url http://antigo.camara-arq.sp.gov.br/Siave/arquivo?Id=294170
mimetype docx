--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -90,90 +90,92 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>$NUMERO$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="001893FB" w14:textId="5E878578" w:rsidR="00DA5EB5" w:rsidRDefault="00DA5EB5" w:rsidP="00C737B6">
+          <w:p w14:paraId="001893FB" w14:textId="417E9B69" w:rsidR="00DA5EB5" w:rsidRDefault="00DA5EB5" w:rsidP="00BC034E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="600"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="00C737B6">
+            <w:r w:rsidR="00BC034E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="586A8837" w14:textId="77777777" w:rsidR="00DA5EB5" w:rsidRDefault="00DA5EB5" w:rsidP="00DA5EB5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09F88418" w14:textId="77777777" w:rsidR="00DA5EB5" w:rsidRDefault="00DA5EB5" w:rsidP="00DA5EB5">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -495,52 +497,50 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F3122">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sala de reuniões das comissões, </w:t>
       </w:r>
       <w:r w:rsidR="004F22FA" w:rsidRPr="004F22FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>$DATAEXTENSO$</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007F3122">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6089D8E4" w14:textId="77777777" w:rsidR="007F3122" w:rsidRPr="007F3122" w:rsidRDefault="007F3122" w:rsidP="007F3122">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23527F71" w14:textId="77777777" w:rsidR="007F3122" w:rsidRPr="007F3122" w:rsidRDefault="007F3122" w:rsidP="007F3122">
@@ -785,116 +785,116 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Estilo1"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C5FA0" w:rsidRPr="00BC4E95" w:rsidSect="00A939CC">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1134" w:left="1701" w:header="567" w:footer="356" w:gutter="0"/>
       <w:pgNumType w:chapStyle="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="622A9477" w14:textId="77777777" w:rsidR="000F1A7B" w:rsidRDefault="000F1A7B">
+    <w:p w14:paraId="255D6F5B" w14:textId="77777777" w:rsidR="00950E0F" w:rsidRDefault="00950E0F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="772B2E4C" w14:textId="77777777" w:rsidR="000F1A7B" w:rsidRDefault="000F1A7B">
+    <w:p w14:paraId="00E22622" w14:textId="77777777" w:rsidR="00950E0F" w:rsidRDefault="00950E0F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1159734412"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1459989175"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -971,140 +971,140 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004F22FA">
+            <w:r w:rsidR="00BC034E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004F22FA">
+            <w:r w:rsidR="00BC034E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="006848DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04AE9E8C" w14:textId="77777777" w:rsidR="000F1A7B" w:rsidRDefault="000F1A7B">
+    <w:p w14:paraId="11E93E30" w14:textId="77777777" w:rsidR="00950E0F" w:rsidRDefault="00950E0F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D6EB57E" w14:textId="77777777" w:rsidR="000F1A7B" w:rsidRDefault="000F1A7B">
+    <w:p w14:paraId="6D8A9DC0" w14:textId="77777777" w:rsidR="00950E0F" w:rsidRDefault="00950E0F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="6499349E" w14:textId="20E681B5" w:rsidR="002F5765" w:rsidRDefault="008A61A6" w:rsidP="00751C03">
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:smallCaps/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="50"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A939CC">
@@ -1481,51 +1481,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="84D6832E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA252D"/>
     <w:rsid w:val="0000107A"/>
     <w:rsid w:val="00001861"/>
     <w:rsid w:val="000022A6"/>
     <w:rsid w:val="000031AE"/>
@@ -1769,50 +1769,51 @@
     <w:rsid w:val="008757C1"/>
     <w:rsid w:val="00877BAE"/>
     <w:rsid w:val="00885005"/>
     <w:rsid w:val="00887917"/>
     <w:rsid w:val="0089403A"/>
     <w:rsid w:val="008A3CA1"/>
     <w:rsid w:val="008A61A6"/>
     <w:rsid w:val="008B56CB"/>
     <w:rsid w:val="008B7176"/>
     <w:rsid w:val="008C0CD5"/>
     <w:rsid w:val="008C5E36"/>
     <w:rsid w:val="008D0FE4"/>
     <w:rsid w:val="008E32AE"/>
     <w:rsid w:val="00901D0B"/>
     <w:rsid w:val="00903CF9"/>
     <w:rsid w:val="00907FF0"/>
     <w:rsid w:val="00910FA0"/>
     <w:rsid w:val="00913F52"/>
     <w:rsid w:val="0091434E"/>
     <w:rsid w:val="0092056F"/>
     <w:rsid w:val="009223C5"/>
     <w:rsid w:val="009310B6"/>
     <w:rsid w:val="009341F0"/>
     <w:rsid w:val="00935B48"/>
     <w:rsid w:val="009435AA"/>
+    <w:rsid w:val="00950E0F"/>
     <w:rsid w:val="0095295F"/>
     <w:rsid w:val="00952E6F"/>
     <w:rsid w:val="00953522"/>
     <w:rsid w:val="00955D7C"/>
     <w:rsid w:val="00961ED4"/>
     <w:rsid w:val="009657F7"/>
     <w:rsid w:val="00975847"/>
     <w:rsid w:val="00982852"/>
     <w:rsid w:val="009828FF"/>
     <w:rsid w:val="00983AD4"/>
     <w:rsid w:val="009853B9"/>
     <w:rsid w:val="00987183"/>
     <w:rsid w:val="009903A3"/>
     <w:rsid w:val="00990AC7"/>
     <w:rsid w:val="00991221"/>
     <w:rsid w:val="00991F61"/>
     <w:rsid w:val="009945D7"/>
     <w:rsid w:val="00994C6A"/>
     <w:rsid w:val="009A48EC"/>
     <w:rsid w:val="009A6ED0"/>
     <w:rsid w:val="009C0DAD"/>
     <w:rsid w:val="009C4410"/>
     <w:rsid w:val="009C5FA0"/>
     <w:rsid w:val="009C77A1"/>
     <w:rsid w:val="009D2F70"/>
@@ -1842,50 +1843,51 @@
     <w:rsid w:val="00AC4FB5"/>
     <w:rsid w:val="00AD4C29"/>
     <w:rsid w:val="00AE2A44"/>
     <w:rsid w:val="00AE79DA"/>
     <w:rsid w:val="00AF2DAA"/>
     <w:rsid w:val="00AF3D97"/>
     <w:rsid w:val="00AF560F"/>
     <w:rsid w:val="00AF6785"/>
     <w:rsid w:val="00B03915"/>
     <w:rsid w:val="00B11BE8"/>
     <w:rsid w:val="00B12873"/>
     <w:rsid w:val="00B17E12"/>
     <w:rsid w:val="00B207CD"/>
     <w:rsid w:val="00B231F9"/>
     <w:rsid w:val="00B31E98"/>
     <w:rsid w:val="00B52D35"/>
     <w:rsid w:val="00B56353"/>
     <w:rsid w:val="00B57AFA"/>
     <w:rsid w:val="00B645B2"/>
     <w:rsid w:val="00B70FB6"/>
     <w:rsid w:val="00B80D48"/>
     <w:rsid w:val="00B87B27"/>
     <w:rsid w:val="00B92F72"/>
     <w:rsid w:val="00B9574E"/>
     <w:rsid w:val="00BB599F"/>
+    <w:rsid w:val="00BC034E"/>
     <w:rsid w:val="00BC0DE9"/>
     <w:rsid w:val="00BC4E95"/>
     <w:rsid w:val="00BD3E8E"/>
     <w:rsid w:val="00BD7ABC"/>
     <w:rsid w:val="00C01FE7"/>
     <w:rsid w:val="00C07535"/>
     <w:rsid w:val="00C1199D"/>
     <w:rsid w:val="00C20CBF"/>
     <w:rsid w:val="00C2184B"/>
     <w:rsid w:val="00C34361"/>
     <w:rsid w:val="00C670FA"/>
     <w:rsid w:val="00C67C79"/>
     <w:rsid w:val="00C71281"/>
     <w:rsid w:val="00C737B6"/>
     <w:rsid w:val="00C74A18"/>
     <w:rsid w:val="00C753FA"/>
     <w:rsid w:val="00C766C1"/>
     <w:rsid w:val="00C77659"/>
     <w:rsid w:val="00C93D51"/>
     <w:rsid w:val="00CA11E6"/>
     <w:rsid w:val="00CA3C0A"/>
     <w:rsid w:val="00CA6B5D"/>
     <w:rsid w:val="00CC4497"/>
     <w:rsid w:val="00CC4561"/>
     <w:rsid w:val="00CE2063"/>
@@ -3073,51 +3075,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15EA7147-0F5C-4906-9782-8C157708A0B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{278A5B0D-2452-4D8A-B058-977060A5DDD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>137</Words>
   <Characters>745</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>