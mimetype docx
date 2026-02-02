--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -86,88 +86,90 @@
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>$NUMERO$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006C7CA6" w:rsidRDefault="006C7CA6" w:rsidP="003630F1">
+          <w:p w:rsidR="006C7CA6" w:rsidRDefault="006C7CA6" w:rsidP="00B667F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="600"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="003630F1">
+            <w:r w:rsidR="00B667F0">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006C7CA6" w:rsidRDefault="006C7CA6" w:rsidP="006C7CA6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006C7CA6" w:rsidRDefault="006C7CA6" w:rsidP="006C7CA6">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
@@ -659,52 +661,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sala de reuniões das comissões, </w:t>
       </w:r>
       <w:r w:rsidR="002C6A85" w:rsidRPr="002C6A85">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>$DATAEXTENSO$</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00245715">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00635C11" w:rsidRPr="00635C11" w:rsidRDefault="00635C11" w:rsidP="00635C11">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="34"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -914,109 +914,109 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                    Maria Paula</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009C5FA0" w:rsidRPr="00EA2836" w:rsidSect="00A939CC">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1134" w:left="1701" w:header="567" w:footer="356" w:gutter="0"/>
       <w:pgNumType w:chapStyle="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B05B7B" w:rsidRDefault="00B05B7B">
+    <w:p w:rsidR="004B4D83" w:rsidRDefault="004B4D83">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B05B7B" w:rsidRDefault="00B05B7B">
+    <w:p w:rsidR="004B4D83" w:rsidRDefault="004B4D83">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1159734412"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
@@ -1100,140 +1100,140 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C6A85">
+            <w:r w:rsidR="00B667F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C6A85">
+            <w:r w:rsidR="00B667F0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A939CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B05B7B" w:rsidRDefault="00B05B7B">
+    <w:p w:rsidR="004B4D83" w:rsidRDefault="004B4D83">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B05B7B" w:rsidRDefault="00B05B7B">
+    <w:p w:rsidR="004B4D83" w:rsidRDefault="004B4D83">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="0063427E" w:rsidRPr="00452318" w:rsidRDefault="0063427E" w:rsidP="0063427E">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008829FB">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
@@ -1609,51 +1609,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D1F40876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA252D"/>
     <w:rsid w:val="0000107A"/>
@@ -1765,50 +1765,51 @@
     <w:rsid w:val="003535BF"/>
     <w:rsid w:val="003630F1"/>
     <w:rsid w:val="003651BB"/>
     <w:rsid w:val="00375815"/>
     <w:rsid w:val="003765B5"/>
     <w:rsid w:val="00381BD9"/>
     <w:rsid w:val="00394BF2"/>
     <w:rsid w:val="003A6E53"/>
     <w:rsid w:val="003D2FC3"/>
     <w:rsid w:val="003D339F"/>
     <w:rsid w:val="003E2A88"/>
     <w:rsid w:val="003E53DF"/>
     <w:rsid w:val="003F0AB8"/>
     <w:rsid w:val="003F57F3"/>
     <w:rsid w:val="00403D90"/>
     <w:rsid w:val="00405402"/>
     <w:rsid w:val="004061D9"/>
     <w:rsid w:val="004107A7"/>
     <w:rsid w:val="00437607"/>
     <w:rsid w:val="00452481"/>
     <w:rsid w:val="004525CB"/>
     <w:rsid w:val="00457314"/>
     <w:rsid w:val="00467A4B"/>
     <w:rsid w:val="0048193E"/>
     <w:rsid w:val="00487FA6"/>
+    <w:rsid w:val="004B4D83"/>
     <w:rsid w:val="004B76A2"/>
     <w:rsid w:val="004B7E2C"/>
     <w:rsid w:val="004C0464"/>
     <w:rsid w:val="004C08AB"/>
     <w:rsid w:val="004C21E4"/>
     <w:rsid w:val="004C2283"/>
     <w:rsid w:val="004C2425"/>
     <w:rsid w:val="004D3ECB"/>
     <w:rsid w:val="004D7A1D"/>
     <w:rsid w:val="004E0809"/>
     <w:rsid w:val="004E1D74"/>
     <w:rsid w:val="004E4DB7"/>
     <w:rsid w:val="004F0A44"/>
     <w:rsid w:val="004F251B"/>
     <w:rsid w:val="004F3BA9"/>
     <w:rsid w:val="005024BF"/>
     <w:rsid w:val="0050453B"/>
     <w:rsid w:val="0050743E"/>
     <w:rsid w:val="00517646"/>
     <w:rsid w:val="00520A83"/>
     <w:rsid w:val="00530438"/>
     <w:rsid w:val="005345CD"/>
     <w:rsid w:val="00543C84"/>
     <w:rsid w:val="005479AE"/>
     <w:rsid w:val="00547A78"/>
@@ -1979,50 +1980,51 @@
     <w:rsid w:val="00AB1F68"/>
     <w:rsid w:val="00AB6B10"/>
     <w:rsid w:val="00AC217A"/>
     <w:rsid w:val="00AC4FB5"/>
     <w:rsid w:val="00AD4C29"/>
     <w:rsid w:val="00AE2A44"/>
     <w:rsid w:val="00AE79DA"/>
     <w:rsid w:val="00AF2DAA"/>
     <w:rsid w:val="00AF3D97"/>
     <w:rsid w:val="00AF560F"/>
     <w:rsid w:val="00AF6785"/>
     <w:rsid w:val="00B03915"/>
     <w:rsid w:val="00B05B7B"/>
     <w:rsid w:val="00B11BE8"/>
     <w:rsid w:val="00B17E12"/>
     <w:rsid w:val="00B2025D"/>
     <w:rsid w:val="00B207CD"/>
     <w:rsid w:val="00B231F9"/>
     <w:rsid w:val="00B3039B"/>
     <w:rsid w:val="00B31E98"/>
     <w:rsid w:val="00B42D4D"/>
     <w:rsid w:val="00B52D35"/>
     <w:rsid w:val="00B56353"/>
     <w:rsid w:val="00B57AFA"/>
     <w:rsid w:val="00B645B2"/>
+    <w:rsid w:val="00B667F0"/>
     <w:rsid w:val="00B70FB6"/>
     <w:rsid w:val="00B80D48"/>
     <w:rsid w:val="00B87B27"/>
     <w:rsid w:val="00B92F72"/>
     <w:rsid w:val="00B9574E"/>
     <w:rsid w:val="00BA135F"/>
     <w:rsid w:val="00BB4E95"/>
     <w:rsid w:val="00BB599F"/>
     <w:rsid w:val="00BC0DE9"/>
     <w:rsid w:val="00BD7ABC"/>
     <w:rsid w:val="00BF6FAB"/>
     <w:rsid w:val="00C01FE7"/>
     <w:rsid w:val="00C1199D"/>
     <w:rsid w:val="00C20CBF"/>
     <w:rsid w:val="00C2184B"/>
     <w:rsid w:val="00C22D7B"/>
     <w:rsid w:val="00C313D1"/>
     <w:rsid w:val="00C670FA"/>
     <w:rsid w:val="00C67C79"/>
     <w:rsid w:val="00C71281"/>
     <w:rsid w:val="00C74A18"/>
     <w:rsid w:val="00C753FA"/>
     <w:rsid w:val="00C766C1"/>
     <w:rsid w:val="00C77659"/>
     <w:rsid w:val="00C93D51"/>
@@ -3230,51 +3232,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E112869-F225-48FA-94F6-D52CCA003575}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A95958B6-90E6-4F82-BDEF-4EAE39A90857}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>141</Words>
   <Characters>762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>