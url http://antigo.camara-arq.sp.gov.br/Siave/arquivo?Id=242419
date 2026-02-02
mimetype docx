--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -84,88 +84,90 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>$NUMERO$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C82D61" w:rsidRDefault="00C82D61" w:rsidP="003D0786">
+          <w:p w:rsidR="00C82D61" w:rsidRDefault="00C82D61" w:rsidP="00457F29">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="600"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="00F11EB9">
+            <w:r w:rsidR="00457F29">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C10C38" w:rsidRPr="00C10C38" w:rsidRDefault="00C10C38" w:rsidP="00C10C38">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C10C38" w:rsidRPr="001C5EDC" w:rsidRDefault="00C10C38" w:rsidP="00C10C38">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -629,52 +631,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C5EDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sala de reuniões das comissões, </w:t>
       </w:r>
       <w:r w:rsidR="00DA3563" w:rsidRPr="00DA3563">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>$DATAEXTENSO$</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001C5EDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B4FA2" w:rsidRDefault="000B4FA2" w:rsidP="000B4FA2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -944,126 +944,126 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F16C7" w:rsidRDefault="002F16C7" w:rsidP="00B61AA9">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002F16C7" w:rsidSect="002F16C7">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E3672D" w:rsidRDefault="00E3672D" w:rsidP="00B61AA9">
+    <w:p w:rsidR="00590F46" w:rsidRDefault="00590F46" w:rsidP="00B61AA9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E3672D" w:rsidRDefault="00E3672D" w:rsidP="00B61AA9">
+    <w:p w:rsidR="00590F46" w:rsidRDefault="00590F46" w:rsidP="00B61AA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trajan">
     <w:altName w:val="Elephant"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E3672D" w:rsidRDefault="00E3672D" w:rsidP="00B61AA9">
+    <w:p w:rsidR="00590F46" w:rsidRDefault="00590F46" w:rsidP="00B61AA9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E3672D" w:rsidRDefault="00E3672D" w:rsidP="00B61AA9">
+    <w:p w:rsidR="00590F46" w:rsidRDefault="00590F46" w:rsidP="00B61AA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B61AA9" w:rsidRPr="00121D18" w:rsidRDefault="00B61AA9" w:rsidP="00B61AA9">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:ind w:left="1701"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:smallCaps/>
         <w:color w:val="4F81BD"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -1172,87 +1172,89 @@
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Trajan" w:hAnsi="Trajan"/>
         <w:color w:val="3889AE"/>
         <w:spacing w:val="22"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00B61AA9" w:rsidRDefault="00B61AA9">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00B61AA9" w:rsidRDefault="00B61AA9">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00217F62"/>
     <w:rsid w:val="0001773B"/>
     <w:rsid w:val="00065C00"/>
     <w:rsid w:val="00080313"/>
     <w:rsid w:val="000A1A85"/>
     <w:rsid w:val="000B4FA2"/>
     <w:rsid w:val="001915A3"/>
     <w:rsid w:val="001C5EDC"/>
     <w:rsid w:val="00217F62"/>
     <w:rsid w:val="0026590A"/>
     <w:rsid w:val="002E01C9"/>
     <w:rsid w:val="002F16C7"/>
     <w:rsid w:val="003934DF"/>
     <w:rsid w:val="003D0786"/>
+    <w:rsid w:val="00457F29"/>
     <w:rsid w:val="004704FD"/>
     <w:rsid w:val="00503542"/>
     <w:rsid w:val="00527BB6"/>
+    <w:rsid w:val="00590F46"/>
     <w:rsid w:val="005A67F8"/>
     <w:rsid w:val="005D143C"/>
     <w:rsid w:val="006646FF"/>
     <w:rsid w:val="00684B06"/>
     <w:rsid w:val="006F7F16"/>
     <w:rsid w:val="007E11A5"/>
     <w:rsid w:val="008E6AFD"/>
     <w:rsid w:val="00984C36"/>
     <w:rsid w:val="009A024B"/>
     <w:rsid w:val="009F09ED"/>
     <w:rsid w:val="00A906D8"/>
     <w:rsid w:val="00AB5A74"/>
     <w:rsid w:val="00B61AA9"/>
     <w:rsid w:val="00B663FF"/>
     <w:rsid w:val="00BD295A"/>
     <w:rsid w:val="00C10C38"/>
     <w:rsid w:val="00C132AC"/>
     <w:rsid w:val="00C82D61"/>
     <w:rsid w:val="00DA3563"/>
     <w:rsid w:val="00E3672D"/>
     <w:rsid w:val="00EA591F"/>
     <w:rsid w:val="00F071AE"/>
     <w:rsid w:val="00F11EB9"/>
     <w:rsid w:val="00F267A0"/>
     <w:rsid w:val="00F52D75"/>
@@ -2477,51 +2479,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4CFB43A-A116-49FE-A0E8-9DAD3F8588D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A389AA40-062F-44B7-82AD-236DB3554277}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>138</Words>
   <Characters>751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>