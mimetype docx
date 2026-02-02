--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -83,99 +83,101 @@
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA09DA">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>$NUMERO$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EA09DA" w:rsidRPr="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="005017FC">
+          <w:p w:rsidR="00EA09DA" w:rsidRPr="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="003845A3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="600"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="words"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA09DA">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="00C022E6">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005017FC">
+            <w:r w:rsidR="003845A3">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00EA09DA" w:rsidRPr="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="00EA09DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EA09DA" w:rsidRPr="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="00EA09DA">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
@@ -867,52 +869,50 @@
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E63DAE" w:rsidRPr="00E63DAE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>À Comissão de Segurança, Obras e Bens Públicos para manifestação</w:t>
       </w:r>
       <w:r w:rsidR="00E63DAE">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00EA09DA" w:rsidRPr="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="00EA09DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EA09DA" w:rsidRPr="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="00EA09DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
@@ -1042,176 +1042,227 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F33306" w:rsidRDefault="00F33306" w:rsidP="00F33306">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dr. Lelo</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Presidente da Comissão</w:t>
-      </w:r>
+        <w:t>Lelo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00F33306" w:rsidRDefault="00F33306" w:rsidP="00F33306">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...51 lines deleted...]
-          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                         Geani Trevisóli </w:t>
+        <w:t>Presidente da Comissão</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F33306" w:rsidRDefault="00F33306" w:rsidP="00F33306">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F33306" w:rsidRDefault="00F33306" w:rsidP="00F33306">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F33306" w:rsidRDefault="00F33306" w:rsidP="00F33306">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F33306" w:rsidRDefault="00F33306" w:rsidP="00F33306">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________              ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F0B73" w:rsidRPr="005B5040" w:rsidRDefault="00F33306" w:rsidP="00F33306">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trevisóli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                       Maria Paula</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004F0B73" w:rsidRPr="005B5040" w:rsidSect="00FC3028">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA029D" w:rsidRDefault="00FA029D" w:rsidP="00EA09DA">
+    <w:p w:rsidR="00C407F5" w:rsidRDefault="00C407F5" w:rsidP="00EA09DA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA029D" w:rsidRDefault="00FA029D" w:rsidP="00EA09DA">
+    <w:p w:rsidR="00C407F5" w:rsidRDefault="00C407F5" w:rsidP="00EA09DA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -1219,58 +1270,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA029D" w:rsidRDefault="00FA029D" w:rsidP="00EA09DA">
+    <w:p w:rsidR="00C407F5" w:rsidRDefault="00C407F5" w:rsidP="00EA09DA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA029D" w:rsidRDefault="00FA029D" w:rsidP="00EA09DA">
+    <w:p w:rsidR="00C407F5" w:rsidRDefault="00C407F5" w:rsidP="00EA09DA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00EA09DA" w:rsidRDefault="00EA09DA" w:rsidP="00EA09DA">
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:smallCaps/>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="50"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
@@ -1352,89 +1403,92 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Comissão de Justiça, Legislação e Redação</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00EA09DA" w:rsidRDefault="00EA09DA">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00217F62"/>
     <w:rsid w:val="00044E5D"/>
     <w:rsid w:val="00114682"/>
     <w:rsid w:val="001915A3"/>
     <w:rsid w:val="00197B2F"/>
     <w:rsid w:val="00217F62"/>
     <w:rsid w:val="00226E14"/>
     <w:rsid w:val="002E4683"/>
+    <w:rsid w:val="003845A3"/>
     <w:rsid w:val="003C24E6"/>
     <w:rsid w:val="00445A90"/>
     <w:rsid w:val="004E6543"/>
     <w:rsid w:val="004F0B73"/>
     <w:rsid w:val="005017FC"/>
     <w:rsid w:val="005B5040"/>
     <w:rsid w:val="006F7608"/>
     <w:rsid w:val="007F6A81"/>
     <w:rsid w:val="009F258A"/>
     <w:rsid w:val="00A906D8"/>
     <w:rsid w:val="00AB5A74"/>
     <w:rsid w:val="00B5706F"/>
     <w:rsid w:val="00C022E6"/>
+    <w:rsid w:val="00C407F5"/>
     <w:rsid w:val="00C86E47"/>
     <w:rsid w:val="00DA55FB"/>
     <w:rsid w:val="00DA6F43"/>
     <w:rsid w:val="00E63DAE"/>
     <w:rsid w:val="00EA09DA"/>
     <w:rsid w:val="00F071AE"/>
     <w:rsid w:val="00F33306"/>
     <w:rsid w:val="00F4255A"/>
     <w:rsid w:val="00FA029D"/>
     <w:rsid w:val="00FD2F05"/>
     <w:rsid w:val="00FD7FE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>